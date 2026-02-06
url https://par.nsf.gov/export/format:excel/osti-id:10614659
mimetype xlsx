--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614659</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/SCW63240.2024.00089</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Batch Updates of Distributed Streaming Graphs using Linear Algebra</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hassani, Elaheh; Hussain, Md Taufique; Azad, Ariful</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>645 to 649</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-5554-3</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We develop a distributed-memory parallel algorithm for performing batch updates on streaming graphs, where vertices and edges are continuously added or removed. Our algorithm leverages distributed sparse matrices as the core data structures, utilizing equivalent sparse matrix operations to execute graph updates. By reducing unnecessary communication among processes and employing shared-memory parallelism, we accelerate updates of distributed graphs. Additionally, we maintain a balanced load in the output matrix by permuting the resultant matrix during the update process. We demonstrate that our streaming update algorithm is at least 25 times faster than alternative linear-algebraic methods and scales linearly up to 4,096 cores (32 nodes) on a Cray EX supercomputer.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2534902</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Atlanta, GA, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>