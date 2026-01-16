--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-01-29T05:00:00Z</t>
   </si>
   <si>
     <t>Nature</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>8053</t>
   </si>
   <si>
     <t>114 to 118</t>
   </si>
   <si>
     <t>0028-0836</t>
   </si>
   <si>
     <t>Extreme droughts generally decrease productivity in grassland ecosystems1,2,3 with negative consequences for nature’s contribution to people4,5,6,7. The extent to which this negative effect varies among grassland types and over time in response to multi-year extreme drought remains unclear. Here, using a coordinated distributed experiment that simulated four years of growing-season drought (around 66% rainfall reduction), we compared drought sensitivity within and among six representative grasslands spanning broad precipitation gradients in each of Eurasia and North America—two of the Northern Hemisphere’s largest grass-dominated regions. Aboveground plant production declined substantially with drought in the Eurasian grasslands and the effects accumulated over time, while the declines were less severe and more muted over time in the North American grasslands. Drought effects on species richness shifted from positive to negative in Eurasia, but from negative to positive in North America over time. The differing responses of plant production in these grasslands were accompanied by less common (subordinate) plant species declining in Eurasian grasslands but increasing in North American grasslands. Our findings demonstrate the high production sensitivity of Eurasian compared with North American grasslands to extreme drought (43.6% versus 25.2% reduction), and the key role of subordinate species in determining impacts of extreme drought on grassland productivity.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1655499; 2423861</t>
+    <t>1655499; 2423861; 2425290</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>