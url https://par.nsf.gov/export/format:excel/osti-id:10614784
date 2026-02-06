--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614784</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/ajb2.16298</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Plant–soil microbe feedbacks depend on distance and ploidy in a mixed cytotype population of &lt;i&gt;Larrea tridentata&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gerstner, Benjamin P; Laport, Robert G; Rudgers, Jennifer A; Whitney, Kenneth D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-03T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>American Journal of Botany</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>111</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0002-9122</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;sec&gt;&lt;title&gt;Premise&lt;/title&gt;&lt;p&gt;Theory predicts that mixed ploidy populations should be short‐lived due to strong fitness disadvantages for the rare ploidy. However, mixed ploidy populations are common, suggesting that the fitness costs for rare ploidies are counterbalanced by ecological benefits that emerge when rare. We investigated whether differences in ecological interactions with soil microbes help to maintain a tetraploid–hexaploid population of&lt;italic&gt;Larrea tridentata&lt;/italic&gt;(creosote bush) in the Sonoran Desert, California, United States, where prior work documented ploidy‐specific root‐associated microbes.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Methods&lt;/title&gt;&lt;p&gt;We used a plant–soil feedback (PSF) experiment to test whether host‐specific soil microbes can alter the outcomes of intraploidy vs. interploidy competition. Host‐specific soil microbes can build up over time; thus, distance from a host plant can affect the fitness of nearby plants.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Results&lt;/title&gt;&lt;p&gt;Seedlings grown in soils from near plants of a different ploidy produced greater biomass relative to seedlings grown in soils from near plants of the same ploidy. Moreover, seedlings grown in soils from near plants of a different ploidy produced more biomass than those grown in soils that were farther from plants of a different ploidy. These results suggest that the ecological consequences of PSF may facilitate the persistence of mixed ploidy populations.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Conclusions&lt;/title&gt;&lt;p&gt;This is the first evidence, to our knowledge, that is consistent with plant–soil microbe feedback as a viable mechanism to maintain the coexistence of multiple ploidy levels in a single population.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655499</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Journal of Botany</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>