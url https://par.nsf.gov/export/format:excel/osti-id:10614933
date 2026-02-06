--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614933</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SparseTransX: Efficient Training of Translation-Based Knowledge Graph Embeddings Using Sparse Matrix Operations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Anik, Md_Saidul_Hoque; Azad, Ariful</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Knowledge graph (KG) learning offers a powerful framework for generating new knowledge and making inferences. Training KG embedding can take a significantly long time, especially for larger datasets. Our analysis shows that the gradient computation of embedding is one of the dominant functions in the translation-based KG embedding training loop. We address this issue by replacing the core embedding computation with SpMM (Sparse-Dense Matrix Multiplication) kernels. This allows us to unify multiple scatter (and gather) operations as a single operation, reducing training time and memory usage. We create a general framework for training KG models using sparse kernels and implement four models, namely TransE, TransR, TransH, and TorusE. Our sparse implementations exhibit up to 5.3x speedup on the CPU and up to 4.2x speedup on the GPU with a significantly low GPU memory footprint. The speedups are consistent across large and small datasets for a given model. Our proposed sparse approach can be extended to accelerate other \revise{translation-based (such as TransC, TransM, etc.) and non-translational (such as DistMult, ComplEx, RotatE, etc.) models as well.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2534902; 2528805</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Eighth Conference on Machine Learning and Systems (MLSys)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>