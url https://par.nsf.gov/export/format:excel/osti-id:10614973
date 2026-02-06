--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614973</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.6073/PASTA/0EAE09FF63CBC72B3B86BC9F5E4EA147</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SEV-LTER Mean - Variance Experiment Plains Grassland Soil Moisture and Temperature</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rudgers, Jennifer A; Baur, Lauren; Collins, Scott L; Litvak, Marcy E; Newsome, Seth; Pockman, William T; Miller, Tom EX; Luo, Yiqi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-29T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We designed novel field experimental infrastructure to resolve the relative importance of changes in the climate mean and variance in regulating the structure and function of dryland populations, communities, and ecosystem processes. The Mean - Variance Experiment (MVE) adds three novel elements to prior designs that have manipulated interannual variance in climate in the field (Gherardi &amp;amp; Sala, 2013) by (i) determining interactive effects of mean and variance with a factorial design that crosses reduced mean with increased variance, (ii) studying multiple dryland biomes to compare their susceptibility to transition under interactive climate drivers, and (iii) adding stochasticity to our treatments to permit the antecedent effects that occur under natural climate variability. This new infrastructure enables direct experimental tests of the hypothesis that interactions between the mean and variance of precipitation will have larger ecological impacts than either the mean or variance in precipitation alone. A subset of plots have soil moisture and temperature sensors to evaluate treatment effectiveness by addressing, How do MVE manipulations alter the mean and variance in soil moisture and temperature? And How does micro-environmental variation among plots influence how treatments alter soil moisture profiles over three soil depths? This data package includes sensor data from the Mean x Variance experiment in the Plains grassland ecosystem at the Sevilleta National Wildlife Refuge, Socorro, NM, which is dominated by the grass species Bouteloua gracilis (blue grama).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655499</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Environmental Data Initiative</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>