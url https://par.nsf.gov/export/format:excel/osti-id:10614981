--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614981</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/AIES-D-24-0083.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Measuring Sharpness of AI-Generated Meteorological Imagery</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ebert-Uphoff, Imme; Ver_Hoef, Lander; Schreck, John S; Stock, Jason; Molina, Maria J; McGovern, Amy; Yu, Michael; Petzke, Bill; Hilburn, Kyle; Hall, David M; Gagne, David John; Campbell, William F; Radford, Jacob T; Stewart, Jebb Q; Scheuerman, Sam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-09T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence for the Earth Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2769-7525</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;AI-based algorithms are emerging in many meteorological applications that produce imagery as output, including for global weather forecasting models. However, the imagery produced by AI algorithms, especially by convolutional neural networks (CNNs), is often described as too blurry to look realistic, partly because CNNs tend to represent uncertainty as blurriness. This blurriness can be undesirable since it might obscure important meteorological features. More complex AI models, such as Generative AI models, produce images that appear to be sharper. However, improved sharpness may come at the expense of a decline in other performance criteria, such as standard forecast verification metrics. To navigate any trade-off between sharpness and other performance metrics it is important to quantitatively assess those other metrics along with sharpness. While there is a rich set of forecast verification metrics available for meteorological images, none of them focus on sharpness. This paper seeks to fill this gap by 1) exploring a variety of sharpness metrics from other fields, 2) evaluating properties of these metrics, 3) proposing the new concept of Gaussian Blur Equivalence as a tool for their uniform interpretation, and 4) demonstrating their use for sample meteorological applications, including a CNN that emulates radar imagery from satellite imagery (GREMLIN) and an AI-based global weather forecasting model (GraphCast).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2425735</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Meteorological Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>