--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10615004</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/cplu.202500243</t>
   </si>
   <si>
     <t>Donor–Acceptor Interactions of C &lt;sub&gt;60&lt;/sub&gt; F &lt;sub&gt;18&lt;/sub&gt; with Polycyclic Aromatic Hydrocarbons: Size Effects in Bulk Crystallization and Surface Constraints</t>
   </si>
   <si>
     <t>DeWeerd, Nicholas_J [Department of Chemistry Colorado State University  Fort Collins CO 80523 USA] (ORCID:0000000184360852); Balser, Sebastian [Department of Chemistry Colorado State University  Fort Collins CO 80523 USA] (ORCID:0000000180472945); San, Long_K [Department of Chemistry Colorado State University  Fort Collins CO 80523 USA]; Palacios‐Rivera, Rogger [Institute of Materials Science of Barcelona (ICMAB‐CSIC)  Bellaterra 08193 Barcelona Spain]; Strauss, Steven_H [Department of Chemistry Colorado State University  Fort Collins CO 80523 USA]; Barrena, Esther [Institute of Materials Science of Barcelona (ICMAB‐CSIC)  Bellaterra 08193 Barcelona Spain] (ORCID:0000000191632959); Chen, Yu‐Sheng [ChemMatCARS University of Chicago Advanced Photon Source  Argonne IL 60439 USA]; Ocal, Carmen [Institute of Materials Science of Barcelona (ICMAB‐CSIC)  Bellaterra 08193 Barcelona Spain] (ORCID:0000000187908844); Martin‐Jimenez, Daniel [Institute of Materials Science of Barcelona (ICMAB‐CSIC)  Bellaterra 08193 Barcelona Spain] (ORCID:0000000224714206); Boltalina, Olga_V [Department of Chemistry Colorado State University  Fort Collins CO 80523 USA] (ORCID:0000000282083158)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-30T04:00:00Z</t>
   </si>
   <si>
     <t>ChemPlusChem</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>11</t>
   </si>
   <si>
     <t>2192-6506</t>
   </si>
   <si>
     <t>&lt;p&gt;An in‐depth study of donor–acceptor (D/A) interactions between the high‐dipole acceptor C&lt;sub&gt;60&lt;/sub&gt;F&lt;sub&gt;18&lt;/sub&gt;(A) and polycyclic aromatic hydrocarbon (PAH) donors—pyrene, perylene, and coronene—reveals a surprisingly strong PAH size influence on the D/A complex stoichiometry and ordering in co‐crystals. The crystallographic study shows the tendency of D/A mixtures to form stacked layered structures for the larger PAHs, perylene and coronene, while the role of aromatic π–π interactions diminishes, in contrast to the smaller pyrene/C&lt;sub&gt;60&lt;/sub&gt;F&lt;sub&gt;18&lt;/sub&gt;system. The behavior of the layered‐D/A assemblies is investigated by utilizing sequential deposition and co‐evaporation of C&lt;sub&gt;60&lt;/sub&gt;F&lt;sub&gt;18&lt;/sub&gt;and coronene on Au(111) surfaces. Scanning tunneling microscopy shows that the flat lying configuration adopted by coronene on the metal, which forms highly ordered close‐packed monolayers stabilized by the interaction between their π electrons and the high density of gold surface states, hinders the formation of the ordered assemblies of the corresponding co‐crystal. The influence of the substrate plus the critical role played by electronic and steric effects in the co‐crystal formation are believed to cause the lack of viability. However, it is remarkable that, on the surface, adsorbed single C&lt;sub&gt;60&lt;/sub&gt;F&lt;sub&gt;18&lt;/sub&gt;molecules are well centered on top of one coronene molecule, facilitating charge transfer between D and A molecules.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2153922</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
@@ -290,81 +296,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>