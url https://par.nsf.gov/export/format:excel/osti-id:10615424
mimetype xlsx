--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10615424</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/educsci14070785</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Powering Up Preschool Science: A Home–School–Community Partnership to Support Science Learning with a Focus on Emergent Multilingual Learners</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Young, JM; Hoisington, C; Kook, JF; Ramer, M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Education Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>785</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2227-7102</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;All children, including emergent multilingual learners (EMLs), are primed to engage with science from an early age. Yet preschool educators traditionally have not been offered in-depth professional learning (PL) in science, how to teach it effectively to young EMLs, and how to communicate its importance to families. This quasi-experimental study investigated a partnership model designed to engage early educators, children’s families, informal science educators, and STEM role models at an informal science learning environment (ISLE)in collaboratively supporting high-quality science experiences for young EML children at school, at home, and in the community. The study examined the effects of a multi-faceted PL program on educators’ beliefs and attitudes toward science and their classroom instructional practices. Caregivers were surveyed and interviewed to assess their beliefs and attitudes around early science learning. Results indicated that educators in the treatment condition gained confidence in supporting science with EMLs and showed significant increases in instructional quality relative to comparison classrooms. Caregivers rated themselves as more confident in supporting science with their children. Promoting partnerships between preschools and ISLEs can be an effective way to power up educators’ and families’ capacities to activate young EMLs’ science inquiry, learning, and language development across multiple contexts.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1949266</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Educations Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>