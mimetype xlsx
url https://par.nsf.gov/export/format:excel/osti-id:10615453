--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10615453</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring Low-Dimensional Subspaces in Diffusion Models for Controllable Image Editing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chen, Siyi; Zhang, Huijie; Guo, Minzhe; Lu, Yifu; Wang, Peng; Qu, Qing</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-15T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recently, diffusion models have emerged as a powerful class of generative models. Despite their success, there is still limited understanding of their semantic spaces. This makes it challenging to achieve precise and disentangled image generation without additional training, especially in an unsupervised way. In this work, we improve the understanding of their semantic spaces from intriguing observations: among a certain range of noise levels, (1) the learned posterior mean predictor (PMP) in the diffusion model is locally linear, and (2) the singular vectors of its Jacobian lie in low-dimensional semantic subspaces. We provide a solid theoretical basis to justify the linearity and low-rankness in the PMP. These insights allow us to propose an unsupervised, single-step, training-free LOw-rank COntrollable image editing (LOCO Edit) method for precise local editing in diffusion models. LOCO Edit identified editing directions with nice properties: homogeneity, transferability, composability, and linearity. These properties of LOCO Edit benefit greatly from the low-dimensional semantic subspace. Our method can further be extended to unsupervised or text-supervised editing in various text-to-image diffusion models (T-LOCO Edit). Finally, extensive empirical experiments demonstrate the effectiveness and efficiency of LOCO Edit.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2212326</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Advances in Neural Information Processing Systems</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>