--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -119,51 +119,51 @@
   <si>
     <t>Correa-Garhwal, Sandra M; Stafstrom, Jay A; Baker, Richard H; Hayashi, Cheryl Y; Hoy, Ronald R; Reeve, H Kern; Garb, Jessica E</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>The Journal of Arachnology</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0161-8202</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2128028</t>
+    <t>2128028; 2128029</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>BioOne</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>