--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10615881</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.ijhcs.2025.103489</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Promoting parent-child shared reading with a bilingual conversational agent</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>He, Kunlei; Cervera, Kelsyann; Levine, Julian; Xu, Ying; Collins, Penelope; Warschauer, Mark</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Journal of Human-Computer Studies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>199</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>103489</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1071-5819</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recognizing the challenges bilingual children face in school readiness and the potential of bilingual dialogic shared reading in improving language and literacy, this study investigates the use of a bilingual conversational agent (CA) to enhance shared reading experiences in home environments. While current CAs hold promise in fostering young children's learning, they do not typically consider the linguistic and cultural needs of bilingual children and rarely involve parents intentionally. To this end, we developed a bilingual CA, embedded within ebooks, to support children's language learning and parent engagement for Latine Spanish-English bilingual families. A week-long home-based study with 15 families indicated that the bilingual CA elicited a high level of bilingual verbal engagement from children, thereby promoting their vocabulary acquisition. It also stimulated meaningful conversations among parents and children. This study provides design implications for developing CAs for bilingual children and parents.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2115382; 2415882; 2415883</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Science Direct</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>