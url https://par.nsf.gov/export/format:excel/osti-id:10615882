--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10615882</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3713043.3728867</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>StoryPal: Supporting Young Children's Dialogic Reading with Large Language Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>He, Kunlei; Gastón-Panthaki, Aria; Zhuo, Dongni; Munsey, Joshua; Zhang, Maggie; Warschauer, Mark</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>494 to 511</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400714733</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Early literacy skills are crucial predictors of children’s academic success. Dialogic reading—an interactive approach where adults and children engage in discussions about stories—has proven highly effective in developing these skills. However, many families face barriers implementing this practice due to time constraints, limited resources, or linguistic challenges. We present StoryPal, an LLM-powered conversational agent that facilitates dialogic reading through contextual questioning, adaptive scaffolding, and personalized feedback. In a study with 23 children ages 4-7 from diverse socioeconomic and linguistic backgrounds, we found high levels of verbal engagement with distinct patterns between English-dominant and bilingual children. The system’s dynamic scaffolding effectively supported struggling readers while challenging proficient ones. Parents valued StoryPal as a supplementary tool that maintained children’s reading engagement when they were unavailable, but emphasized that it should not replace parent-child interactions. Our findings demonstrate the potential of LLM-powered agents to support dialogic reading by adhering to established educational practices.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2115382; 2415882</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Reykjavik Iceland</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>