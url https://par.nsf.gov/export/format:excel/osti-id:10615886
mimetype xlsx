--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10615886</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3706599.3706716</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Access InContext: Futuring Accessible Prototyping Tools and Methods</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Piedade, Patricia; Hayton, Peter A; Bennett, Cynthia L; Carter, Anna_R L; Crivellaro, Clara; Dix, Alan; McGowan, Jess; Spiel, Katta; Sturdee, Miriam; Tigwell, Garreth W; Nicolau, Hugo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400713958</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The popularity of accessibility research has grown recently, improving digital inclusion for people with disabilities. However, researchers, including those who have disabilities, have attempted to include people with disabilities in all aspects of design, and they have identified a myriad of practical accessibility barriers posed by tools and methods leveraged by human-computer interaction (HCI) researchers during prototyping. To build a more inclusive technological landscape, we must question the effectiveness of existing prototyping tools and methods, repurpose/retrofit existing resources, and build new tools and methods to support the participation of both researchers and people with disabilities within the prototyping design process of novel technologies. This full-day workshop at CHI 2025 will provide a platform for HCI researchers, designers, and practitioners to discuss barriers and opportunities for creating accessible prototyping and promote hands-on ideation and fabrication exercises aimed at futuring accessible prototyping.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2333220</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Yokohama Japan</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>