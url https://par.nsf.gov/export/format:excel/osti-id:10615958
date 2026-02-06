--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10615958</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3706598.3714326</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Investigating the Intersection of Cultural Design Preferences and Web Accessibility Guidelines with Designers from the Global South</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nourian, Laleh; Naikar, Vinaya Hanumant; Shinohara, Kristen; Tigwell, Garreth W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400713941</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Cultural background influences aesthetic web design preferences, and aesthetic design impacts accessible design. However, limited research has focused on this intersection of cultural background and accessible web design. With the majority of HCI and design resources originating from the Global North, we investigated the conflicts experienced due to the cultural background of digital designers from the Global South and current web accessibility guidelines. We conducted a design activity and interview study with 10 designers from five countries in the Global South to identify how current web accessibility guidelines conflict with our participants’ cultural design preferences. We found there are specific cultural challenges encountered in accessible web design, both at the design level (e.g., typography and color scheme) and within broader societal contexts (e.g., designer-client interactions). Our paper also offers suggestions from our participants to make the accessible design process more culturally inclusive by improving the web accessibility resources to become culturally customized and engaging more cultural perspectives in accessibility research and education.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2212303</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Yokohama Japan</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>