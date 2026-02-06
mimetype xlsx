--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10615991</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ON SPEEDING UP LANGUAGE MODEL EVALUATION</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhou, Jin Peng; Belardi, Christian K; Wu, Ruihan; Zhang, Travis; Gomes, Carla P; Sun, Wen; Weinberger, Kilian Q</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798331320850</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Developing prompt-based methods with Large Language Models (LLMs) requires making numerous decisions, which give rise to a combinatorial search problem over hyper-parameters. This exhaustive evaluation can be time-consuming and costly. In this paper, we propose an adaptive approach to explore this space. We are exploiting the fact that often only few samples are needed to identify clearly superior or inferior settings, and that many evaluation tests are highly correlated. We lean on multi-armed bandits to sequentially identify the next (method, validation sample)-pair to evaluate and utilize low-rank matrix factorization to fill in missing evaluations. We carefully assess the efficacy of our approach on several competitive benchmark problems and show that it can identify the top-performing method using only 5-15% of the typical resources—resulting in 85-95% LLM cost savings. Our code is available at https://github.com/kilian-group/banditeval.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1934714</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Conference on Learning Representations</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>