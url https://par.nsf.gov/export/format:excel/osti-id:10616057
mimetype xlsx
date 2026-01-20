--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-01T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>0031-9007</t>
   </si>
   <si>
     <t>&lt;p&gt;This Letter presents the result of a&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;/mrow&gt;&lt;/math&gt;sterile neutrino search using 10.7 yr of IceCube data. We analyze atmospheric muon neutrinos that traverse the Earth with energies ranging from 0.5 to 100 TeV, incorporating significant improvements in modeling neutrino flux and detector response compared to earlier studies. Notably, for the first time, we categorize data into starting and throughgoing events, distinguishing neutrino interactions with vertices inside or outside the instrumented volume, to improve energy resolution. The best-fit point for a&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;/mrow&gt;&lt;/math&gt;model is found to be at&lt;math display='inline'&gt;&lt;mrow&gt;&lt;msup&gt;&lt;mrow&gt;&lt;mi&gt;sin&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;θ&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;24&lt;/mn&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;0.16&lt;/mn&gt;&lt;/mrow&gt;&lt;/math&gt;and&lt;math display='inline'&gt;&lt;mi mathvariant='normal'&gt;Δ&lt;/mi&gt;&lt;msubsup&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;mn&gt;41&lt;/mn&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/msubsup&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;3.5&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;msup&gt;&lt;mrow&gt;&lt;mi&gt;eV&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/math&gt;, which agrees with previous iterations of this Letter. The result is consistent with the null hypothesis of no sterile neutrinos with a&lt;math display='inline'&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;/math&gt;value of 3.1%.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2024&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2310051; 2209445</t>
+    <t>2310051; 2209445; 2310050</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Physical Review</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>