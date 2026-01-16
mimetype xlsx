--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -107,72 +107,66 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10616373</t>
   </si>
   <si>
     <t>https://doi.org/10.1145/3658617.3697648</t>
   </si>
   <si>
     <t>Learning to Prune and Low-Rank Adaptation for Compact Language Model Deployment</t>
   </si>
   <si>
     <t>Ali, Asmer Hamid; Zhang, Fan; Yang, Li; Fan, Deliang</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-20T05:00:00Z</t>
   </si>
   <si>
     <t>36 to 42</t>
   </si>
   <si>
-    <t>9798400706356</t>
-[...1 lines deleted...]
-  <si>
     <t>Nowadays, parameter-efficient fine-tuning (PEFT) large pre-trained models (LPMs) for downstream task have gained significant popularity, since it could significantly minimize the training computational overhead. The representative work, LoRA [1], learns a low-rank adaptor for a new downstream task, rather than fine-tuning the whole backbone model. However, for inference, the large size of the learned model remains unchanged, leading to in-efficient inference computation. To mitigate this, in this work, we are the first to propose a learning-to-prune methodology specially designed for fine-tuning downstream tasks based on LPMs with low-rank adaptation. Unlike prior low-rank adaptation approaches that only learn the low-rank adaptors for downstream tasks, our method further leverages the Gumbel-Sigmoid tricks to learn a set of trainable binary channel-wise masks that automatically prune the backbone LPMs. Therefore, our method could leverage the benefits of low-rank adaptation to reduce the training parameters size and smaller pruned backbone LPM size for efficient inference computation. Extensive experiments show that the Pruned-RoBbase model with our method achieves an average channel-wise structured pruning ratio of 24.5% across the popular GLUE Benchmark, coupled with an average of 18% inference time speed-up in real NVIDIA A5000 GPU. The Pruned-DistilBERT shows an average of 13% inference time improvement with 17% sparsity. The Pruned-LLaMA-7B model achieves up to 18.2% inference time improvement with 24.5% sparsity, demonstrating the effectiveness of our learnable pruning approach across different models and tasks.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2314591; 2505326; 2503906; 2505209</t>
+    <t>2314591; 2505326; 2503906; 2505209; 2528767</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>ACM</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tokyo Japan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -297,79 +291,75 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="L2" s="0"/>
-      <c r="M2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>