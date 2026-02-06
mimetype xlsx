--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10616378</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ISQED65160.2025.11014440</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Efficient Self-Supervised Continual Learning with Progressive Task-Correlated Layer Freezing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yang, Li; Lin, Sen; Zhang, Fan; Zhang, Junshan; Fan, Deliang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 8</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3315-0942-2</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Inspired by the success of Self-Supervised Learning (SSL) in learning visual representations from unlabeled data, a few recent works have studied SSL in the context of Continual Learning (CL), where multiple tasks are learned sequentially, giving rise to a new paradigm, namely Self-Supervised Continual Learning (SSCL). It has been shown that the SSCL outperforms Supervised Continual Learning (SCL) as the learned representations are more informative and robust to catastrophic forgetting. However, building upon the training process of SSL, prior SSCL studies involve training all the parameters for each task, resulting to prohibitively high training cost. In this work, we first analyze the training time and memory consumption and reveals that the backward gradient calculation is the bottleneck. Moreover, by investigating the task correlations in SSCL, we further discover an interesting phenomenon that, with the SSL-learned background model, the intermediate features are highly correlated between tasks. Based on these new finding, we propose a new SSCL method with layer-wise freezing which progressively freezes partial layers with the highest correlation ratios for each task to improve training computation efficiency and memory efficiency. Extensive experiments across multiple datasets are performed, where our proposed method shows superior performance against the SoTA SSCL methods under various SSL frameworks. For example, compared to LUMP, our method achieves 1.18x, 1.15x, and 1.2x GPU training time reduction, 1.65x, 1.61x, and 1.6x memory reduction, 1.46x, 1.44x, and 1.46x backward FLOPs reduction, and 1.31%/1.98%/1.21% forgetting reduction without accuracy degradation on three datasets, respectively.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2314591; 2505326; 2528723; 2528767</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>San Francisco, CA, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>