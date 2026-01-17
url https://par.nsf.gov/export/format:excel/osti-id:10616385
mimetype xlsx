--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -86,90 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10616385</t>
-[...8 lines deleted...]
-    <t>Seyhani, Amir; Zhao, Junyi; Gupta, Aarti; Walker, David; Arashloo, Mina Tahmasbi</t>
+    <t>10291298</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-11-18T05:00:00Z</t>
-[...5 lines deleted...]
-    <t>9798400712722</t>
+    <t>Identifying Learning Rules From Neural Network Observables</t>
+  </si>
+  <si>
+    <t>Nayebi, A; Srivastava, S; Ganguli, S; Yamins, D.</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2020-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Advances in neural information processing systems</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>1049-5258</t>
+  </si>
+  <si>
+    <t>The brain modifies its synaptic strengths during learning in order to better adapt to its environment. However, the underlying plasticity rules that govern learning are unknown. Many proposals have been suggested, including Hebbian mechanisms, explicit error backpropagation, and a variety of alternatives. It is an open question as to what specific experimental measurements would need to be made to determine whether any given learning rule is operative in a real biological system. In this work, we take a "virtual experimental" approach to this problem. Simulating idealized neuroscience experiments with artificial neural networks, we generate a large-scale dataset of learning trajectories of aggregate statistics measured in a variety of neural network architectures, loss functions, learning rule hyperparameters, and parameter initializations. We then take a discriminative approach, training linear and simple non-linear classifiers to identify learning rules from features based on these observables. We show that different classes of learning rules can be separated solely on the basis of aggregate statistics of the weights, activations, or instantaneous layer-wise activity changes, and that these results generalize to limited access to the trajectory and held-out architectures and learning curricula. We identify the statistics of each observable that are most relevant for rule identification, finding that statistics from network activities across training are more robust to unit undersampling and measurement noise than those obtained from the synaptic strengths. Our results suggest that activation patterns, available from electrophysiological recordings of post-synaptic activities on the order of several hundred units, frequently measured at wider intervals over the course of learning, may provide a good basis on which to identify learning rules.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2312539</t>
-[...11 lines deleted...]
-    <t>Irvine CA USA</t>
+    <t>1845166</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -279,92 +279,92 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" s="0"/>
-      <c r="I2" s="0"/>
+      <c r="H2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
       <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
-[...6 lines deleted...]
-      <c r="N2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="X2" t="s" s="0">
         <v>39</v>
       </c>
+      <c r="W2" s="0"/>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>