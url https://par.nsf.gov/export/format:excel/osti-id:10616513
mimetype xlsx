--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10616513</t>
-[...8 lines deleted...]
-    <t>Bountis, Tassos; Cantisán, Julia; Cuevas-Maraver, Jesús; Macías-Díaz, Jorge Eduardo; Kevrekidis, Panayotis G</t>
+    <t>10211794</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/aisy.202000237</t>
+  </si>
+  <si>
+    <t>Computationally Assisted Design and Selection of Maneuverable Biological Walking Machines</t>
+  </si>
+  <si>
+    <t>Wang, Jiaojiao [Department of Bioengineering University of Illinois Urbana-Champaign  Urbana IL 61801 USA, Holonyak Micro and Nanotechnology Laboratory University of Illinois Urbana-Champaign  Urbana IL 61801 USA]; Zhang, Xiaotian [Department of Mechanical Science and Engineering University of Illinois Urbana-Champaign  Urbana IL 61801 USA]; Park, Junehu [Department of Material Science and Engineering University of Illinois Urbana-Champaign  Urbana IL 61801 USA]; Park, Insu [Holonyak Micro and Nanotechnology Laboratory University of Illinois Urbana-Champaign  Urbana IL 61801 USA]; Kilicarslan, Evin [Department of Molecular and Cellular Biology University of Illinois Urbana-Champaign  Urbana IL 61801 USA]; Kim, Yongdeok [Holonyak Micro and Nanotechnology Laboratory University of Illinois Urbana-Champaign  Urbana IL 61801 USA, Department of Material Science and Engineering University of Illinois Urbana-Champaign  Urbana IL 61801 USA]; Dou, Zhi [Department of Mechanical Science and Engineering University of Illinois Urbana-Champaign  Urbana IL 61801 USA]; Bashir, Rashid [Department of Bioengineering University of Illinois Urbana-Champaign  Urbana IL 61801 USA, Holonyak Micro and Nanotechnology Laboratory University of Illinois Urbana-Champaign  Urbana IL 61801 USA, Carle Illinois College of Medicine University of Illinois Urbana-Champaign  Champaign IL 61801 USA, Carl R. Woese Institute for Genomic Biology University of Illinois Urbana-Champaign  Urbana IL 61801 USA]; Gazzola, Mattia [Department of Mechanical Science and Engineering University of Illinois Urbana-Champaign  Urbana IL 61801 USA, National Center for Supercomputing Applications University of Illinois Urbana-Champaign  Urbana IL 61801 USA, Carl R. Woese Institute for Genomic Biology University of Illinois Urbana-Champaign  Urbana IL 61801 USA] (ORCID:000000032129379X)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-01-01T05:00:00Z</t>
-[...17 lines deleted...]
-    <t>&lt;p&gt;In the present work, we explored the dynamics of single kinks, kink–anti-kink pairs and bound states in the prototypical fractional Klein–Gordon example of the sine-Gordon equation. In particular, we modified the order β of the temporal derivative to that of a Caputo fractional type and found that, for 1&lt;β&lt;2, this imposes a dissipative dynamical behavior on the coherent structures. We also examined the variation of a fractional Riesz order α on the spatial derivative. Here, depending on whether this order was below or above the harmonic value α=2, we found, respectively, monotonically attracting kinks, or non-monotonic and potentially attracting or repelling kinks, with a saddle equilibrium separating the two. Finally, we also explored the interplay of the two derivatives, when both Caputo temporal and Riesz spatial derivatives are involved.&lt;/p&gt;</t>
+    <t>2021-01-29T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Advanced Intelligent Systems</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>2640-4567</t>
+  </si>
+  <si>
+    <t>&lt;sec&gt;&lt;label/&gt;&lt;p&gt;The intriguing opportunities enabled by the use of living components in biological machines have spurred the development of a variety of muscle‐powered biohybrid robots in recent years. Among them, several generations of tissue‐engineered biohybrid walkers have been established as reliable platforms to study untethered locomotion. However, despite these advances, such technology is not mature yet, and major challenges remain. Herein, steps are taken to address two of them: the lack of systematic design approaches, common to biohybrid robotics in general, and in the case of biohybrid walkers specifically, the lack of maneuverability. A dual‐ring biobot is presented which is computationally designed and selected to exhibit robust forward motion and rotational steering. This dual‐ring biobot consists of two independent muscle actuators and a four‐legged scaffold asymmetric in the fore/aft direction. The integration of multiple muscles within its body architecture, combined with differential electrical stimulation, allows the robot to maneuver. The dual‐ring robot design is then fabricated and experimentally tested, confirming computational predictions and turning abilities. Overall, a design approach based on modeling, simulation, and fabrication exemplified in this versatile robot represents a route to efficiently engineer complex biological machines with adaptive functionalities.&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2408988; 2204702; 2110030</t>
-[...2 lines deleted...]
-    <t>2025</t>
+    <t>1830881; 1846752</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>MDPI</t>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -305,81 +302,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>