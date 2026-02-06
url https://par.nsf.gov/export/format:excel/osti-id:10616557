--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10616557</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3711699</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring Function Granularity for Serverless Machine Learning Application with GPU Sharing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hui, Xinning; Xu, Yuanchao; Shen, Xipeng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-06T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Measurement and Analysis of Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 28</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2476-1249</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Recent years have witnessed increasing interest in machine learning (ML) inferences on serverless computing due to its auto-scaling and cost-effective properties. However, one critical aspect, function granularity, has been largely overlooked, limiting the potential of serverless ML. This paper explores the impact of function granularity on serverless ML, revealing its important effects on the SLO hit rates and resource costs of serverless applications. It further proposes adaptive granularity as an approach to addressing the phenomenon that no single granularity fits all applications and situations. It explores three predictive models and presents programming tools and runtime extensions to facilitate the integration of adaptive granularity into existing serverless platforms. Experiments show adaptive granularity produces up to a 29.2% improvement in SLO hit rates and up to a 24.6% reduction in resource costs over the state-of-the-art serverless ML which uses fixed granularity.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2312207</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>