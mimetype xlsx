--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10616786</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Structural temporal logic for mechanized program verification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ioannidis, Eleftherios; Zakowski, Yannick; Zdancewic, Steve; Angel, Sebastian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on programming languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mechanized verification of liveness properties for infinite programs with effects and nondeterminism is challenging. Existing temporal reasoning frameworks operate at the level of models such as traces and automata. Reasoning happens at a very low-level, requiring complex nested (co-)inductive proof techniques and familiarity with proof assistant mechanics (e.g., the guardedness checker). Further, reasoning at the level of models instead of program constructs creates a verification gap that loses the benefits of modularity and composition enjoyed by structural program logics such as Hoare Logic. To address this verification gap, and the lack of compositional proof techniques for temporal specifications, we propose Ticl, a new structural temporal logic. Using Ticl, we encode complex (co-)inductive proof techniques as structural lemmas and focus our reasoning on variants and invariants. We show that it is possible to perform compositional proofs of general temporal properties in a proof assistant, while working at a high level of abstraction. We demonstrate the benefits of Ticl by giving mechanized proofs of safety and liveness properties for programs with scheduling, concurrent shared memory, and distributed consensus, demonstrating a low proof-to-code ratio.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2124184; 2107147; 2321726; 2326576</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>