--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>van_der_Meer, Jan Roelof</t>
   </si>
   <si>
     <t>2025-06-25T04:00:00Z</t>
   </si>
   <si>
     <t>Microbiology and Molecular Biology Reviews</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>1092-2172</t>
   </si>
   <si>
     <t>&lt;title&gt;SUMMARY&lt;/title&gt; &lt;p&gt;Engineered microbes are being programmed using synthetic DNA for applications in soil to overcome global challenges related to climate change, energy, food security, and pollution. However, we cannot yet predict gene transfer processes in soil to assess the frequency of unintentional transfer of engineered DNA to environmental microbes when applying synthetic biology technologies at scale. This challenge exists because of the complex and heterogeneous characteristics of soils, which contribute to the fitness and transport of cells and the exchange of genetic material within communities. Here, we describe knowledge gaps about gene transfer across soil microbiomes. We propose strategies to improve our understanding of gene transfer across soil communities, highlight the need to benchmark the performance of biocontainment measures&lt;italic toggle='yes'&gt;in situ&lt;/italic&gt;, and discuss responsibly engaging community stakeholders. We highlight opportunities to address knowledge gaps, such as creating a set of soil standards for studying gene transfer across diverse soil types and measuring gene transfer host range across microbiomes using emerging technologies. By comparing gene transfer rates, host range, and persistence of engineered microbes across different soils, we posit that community-scale, environment-specific models can be built that anticipate biotechnology risks. Such studies will enable the design of safer biotechnologies that allow us to realize the benefits of synthetic biology and mitigate risks associated with the release of such technologies.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2227526</t>
+    <t>2227526; 2124307</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>