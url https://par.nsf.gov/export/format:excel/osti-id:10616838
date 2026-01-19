--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -116,51 +116,51 @@
   <si>
     <t>Enhancing ergonomics in E-waste disassembly: the impact of collaborative robotics on muscle activation and coordination</t>
   </si>
   <si>
     <t>Wang, Xiangrui; Grimaldi, Nicolas S; Zheng, Minghui; Behdad, Sara; Yang, Chizhao; Hu, Boyi</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-04T05:00:00Z</t>
   </si>
   <si>
     <t>Ergonomics</t>
   </si>
   <si>
     <t>1 to 13</t>
   </si>
   <si>
     <t>0014-0139</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2422826</t>
+    <t>2422826; 2026276</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Taylor and Francis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>