--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...57 lines deleted...]
-        <v>36</v>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10617120</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reflections from the 2024 Large Language Model (LLM) Hackathon for Applications in Materials Science and Chemistry</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zimmermann, Yoel; Bazgir, Adib; Afzal, Zartashia; Agbere, Fariha; Ai, Qianxiang; Zhang, Chi; Zhang, Sylvester; Zhang, Weijie; Zhu, Ruijie; Zhu, Shang; Janssen, Jan; Li, Calvin; Foster, Ian; Blaiszik, Ben</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-20T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Here, we present the outcomes from the second Large Language Model (LLM) Hackathon for Applications in Materials Science and Chemistry, which engaged participants across global hybrid locations, resulting in 34 team submissions. The submissions spanned seven key application areas and demonstrated the diverse utility of LLMs for applications in (1) molecular and material property prediction; (2) molecular and material design; (3) automation and novel interfaces; (4) scientific communication and education; (5) research data management and automation; (6) hypothesis generation and evaluation; and (7) knowledge extraction and reasoning from scientific literature. Each team submission is presented in a summary table with links to the code and as brief papers in the appendix. Beyond team results, we discuss the hackathon event and its hybrid format, which included physical hubs in Toronto, Montreal, San Francisco, Berlin, Lausanne, and Tokyo, alongside a global online hub to enable local and virtual collaboration. Overall, the event highlighted significant improvements in LLM capabilities since the previous year's hackathon, suggesting continued expansion of LLMs for applications in materials science and chemistry research. These outcomes demonstrate the dual utility of LLMs as both multipurpose models for diverse machine learning tasks and platforms for rapid prototyping custom applications in scientific research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209892</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Posted Content</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ArXiv</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>ArXiv</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>