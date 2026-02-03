--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10617329</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/anie.202506361</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Cooperative Photometallobiocatalysis: Nonheme Fe Enzyme‐Catalyzed Enantioconvergent Radical Decarboxylative Azidation, Thiocyanation, and Isocyanation of Redox‐Active Esters</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhao, Liu‐Peng; Lin, Ken; Xie, Pei‐Pei; Liu, Huichong; Xiang, Hengye; Liu, Xin; Zhao, Yunlong; Liu, Peng; Yang, Yang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Angewandte Chemie International Edition</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1433-7851</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Cooperative catalysis with an enzyme and a small‐molecule photocatalyst has recently emerged as a potentially general activation mode to advance novel biocatalytic reactions with synthetic utility. Herein, we report cooperative photobiocatalysis involving an engineered nonheme Fe enzyme and a tailored photoredox catalyst to achieve enantioconvergent decarboxylative azidation, thiocyanation, and isocyanation of redox‐active esters via a radical mechanism. We repurposed and further evolved metapyrocatechase (MPC), a nonheme Fe extradiol dioxygenase not previously studied in new‐to‐nature biocatalysis, for the enantioselective C─N&lt;sub&gt;3&lt;/sub&gt;, C─SCN, and C─NCO bond formation via an enzymatic Fe─X intermediate (X═N&lt;sub&gt;3&lt;/sub&gt;, NCS, and NCO). A range of primary, secondary, and tertiary alkyl radical precursors were effectively converted by our engineered MPC, allowing the syntheses of organic azides, thiocyanates, and isocyanates with good to excellent enantiocontrol. Further derivatization of these products furnished valuable compounds including enantioenriched amines, triazoles, ureas, and SCF&lt;sub&gt;3&lt;/sub&gt;‐containing products. DFT and MD simulations shed light on the mechanism as well as the binding poses of the alkyl radical intermediate in the enzyme active site and the π‐facial selectivity in the enantiodetermining radical rebound. Overall, cooperative photometallobiocatalysis with nonheme Fe enzymes provides a means to develop challenging asymmetric radical transformations eluding small‐molecule catalysis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2400087</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley VCH</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>