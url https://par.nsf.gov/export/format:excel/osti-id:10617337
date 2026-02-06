--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10617337</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/0969594X.2025.2510206</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring the potential of exit tickets as formative assessments of student affect</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shehzad, Umar; Recker, Mimi; Clarke-Midura, Jody</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-04T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Assessment in Education: Principles, Policy &amp; Practice</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>173 to 191</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0969-594X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study investigates the use of exit tickets as formative assessments in maths-integrated computer science (CS) lessons for grade 5 students. Exit tickets are brief surveys administered immediately after instructional activities. Using structural equation modelling (SEM), we analysed data from 1,067 students to examine the reliability and validity of exit tickets in predicting summative pre/post survey results. The study found that the exit ticket responses consistently assessed student affect at two administration points, meeting strict measurement invariance criteria (χ2(21) = 1.34, p = 1.00). Confirmatory factor analysis revealed that exit tickets predicted student self-efficacy and interest in CS, which are key educational outcomes. These findings suggest that exit tickets can be valuable tools for enhancing instructional practices and supporting student learning and engagement in CS education. The study concludes with recommendations for effectively implementing exit tickets in educational settings.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031382</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Taylor and Francis</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>