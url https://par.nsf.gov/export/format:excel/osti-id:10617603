--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1016/j.tree.2025.05.001</t>
   </si>
   <si>
     <t>Integration of plant–soil feedbacks with resilience theory for climate change</t>
   </si>
   <si>
     <t>Rudgers, Jennifer A; Gehring, Catherine A; Taylor, D Lee; Taylor, M Dylan; Chung, Y Anny</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-01T04:00:00Z</t>
   </si>
   <si>
     <t>Trends in Ecology &amp; Evolution</t>
   </si>
   <si>
     <t>0169-5347</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1655499; 1911451</t>
+    <t>1655499; 1911451; 2425290</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>