--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10617733</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ICSE55347.2025.00165</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enhancing Code Generation via Bidirectional Comment-Level Mutual Grounding</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Di, Yifeng; Zhang, Tianyi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1359 to 1371</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3315-0569-1</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Large Language Models (LLMs) have demonstrated unprecedented capability in code generation. However, LLM-generated code is still plagued with a wide range of functional errors, especially for complex programming tasks that LLMs have not seen before. Recent studies have shown that developers often struggle with inspecting and fixing incorrect code generated by LLMs, diminishing their productivity and trust in LLM-based code generation. Inspired by the mutual grounding theory in communication, we propose an interactive approach that leverages code comments as a medium for developers and LLMs to establish a shared understanding. Our approach facilitates iterative grounding by interleaving code generation, inline comment generation, and contextualized user feedback through editable comments to align generated code with developer intent. We evaluated our approach on two popular benchmarks and demonstrated that our approach significantly improved multiple state-of-the-art LLMs, e.g., 17.1% pass@1 improvement for code-davinci-002 on HumanEval. Furthermore, we conducted a user study with 12 participants in comparison to two baselines: (1) interacting with GitHub Copilot, and (2) interacting with a multi-step code generation paradigm called Multi-Turn Program Synthesis. Participants completed the given programming tasks 16.7% faster and with 10.5% improvement in task success rate when using our approach. Both results show that interactively refining code comments enables the collaborative establishment of mutual grounding, leading to more accurate code generation and higher developer confidence.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2340408</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Ottawa, ON, Canada</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>