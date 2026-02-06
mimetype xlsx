--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10617773</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.12730035</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>8th Educational Data Mining in Computer Science Education (CSEDM) Workshop</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shi, Yang; Brusilovsky, Peter; Akram, Bita; Price, Thomas W; Leinonen, Juho; Koedinger, Kenneth R; Lan, Andrew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Benjamin, Paaßen; Carrie, Demmans Epp</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>There is a growing community of researchers at the intersection of data mining, AI, and computing education research. The objective of the CSEDM workshop is to facilitate a discussion among this research community, with a focus on how data mining can be uniquely applied in computing education research. For example, what new techniques are needed to analyze program code and CS log data? How do results from CS education inform our analysis of this data? The workshop is meant to be an interdisciplinary event at the intersection of EDM and Computing Education Research. Researchers, faculty, and students are encouraged to share their AI- and data-driven approaches, methodologies, and experiences where data transforms how students learn Computer Science (CS) skills. This full-day hybrid workshop will feature paper presentations and discussions to promote collaboration.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2213789</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of 17th International Conference on Educational Data Mining (EDM 2024), International Educational Data Mining Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Atlanta, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>