--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10617817</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3706598.3714080</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enabling Recycling of Multi-Material 3D Printed Objects through Computational Design and Disassembly by Dissolution</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wen, Xin; Bae, S Sandra; Rivera, Michael L</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 21</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400713941</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Multi-material 3D printing combines the functional properties of different materials (e.g., mechanical, electrical, color) within a single object that is fabricated without manual assembly. However, this presents sustainability challenges as multi-material objects cannot be easily recycled. Because each material has a different processing temperature, considerable effort must be used to separate them for recycling. This paper presents a computational fabrication technique to generate dissolvable interfaces between different materials in a 3D printed object without affecting the object’s intended use. When the interfaces are dissolved, the object is disassembled to enable recycling of the individual materials. We describe the computational design of these interfaces alongside experimental evaluations of their strength and water solubility. Finally, we demonstrate our technique across 9 multi-material 3D printed objects of varying structural and functional complexity. Our technique enables us to recycle 89.97% of the total mass of these objects, promoting greater sustainability in 3D printing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2413631</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Yokohama Japan</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>