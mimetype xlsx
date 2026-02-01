--- v0 (2025-11-01)
+++ v1 (2026-02-01)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10617986</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/icb/icaf137</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adhesion and injury cues enhance blackworm capture by freshwater planaria</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tiwari, Ishant; Chudasama, Hiteshri; Tuazon, Harry; Bhamla, Saad</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Integrative And Comparative Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1540-7063</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;In aquatic ecosystems, freshwater planarians (Dugesia spp.) function as predators, employing specialized adaptations for capturing live prey. This exploratory study examines the predatory interactions between the freshwater planarian Dugesia spp. and the California blackworm (Lumbriculus variegatus). Observations demonstrate that Dugesia is capable of capturing prey more than twice its own length. The predation process involves a dual adhesion mechanism whereby the planarian adheres simultaneously to the blackworm and the substrate, effectively immobilizing its prey. Despite the rapid escape response of blackworms, characterized by a helical swimming gait with alternating handedness, planarian adhesion frequently prevents successful escape, with no significant effect of worm size. Subsequently, Dugesia employs an eversible pharynx to initiate ingestion, consuming the internal tissues of the blackworm through suction. Blackworm injury significantly increased vulnerability to predation, suggesting that chemical cues from wounds may aid planarians in prey detection. This study provides insights into the biomechanics and behaviors of predation involving two interacting muscular hydrostats, highlighting the critical adaptations that enable planarians to subdue and consume relatively large, mobile prey.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1941933; 2310691; 2310741</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ICB</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>