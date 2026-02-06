--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10618152</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Constrained Multi-objective Bayesian Optimization through Optimistic Constraints Estimation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, D; Zhang, F; Liu, C; Chen, Y</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Multi-objective Bayesian optimization has been widely adopted in scientific experiment design, including drug discovery and hyperparameter optimization. In practice, regulatory or safety concerns often impose additional thresholds on certain attributes of the experimental outcomes. Previous work has primarily focused on constrained single-objective optimization tasks or active search under constraints. The existing constrained multi-objective algorithms address the issue with heuristics and approximations, posing challenges to the analysis of the sample efficiency. We propose a novel constrained multi-objective Bayesian optimization algorithm COMBOO that balances active learning of the level-set defined on multiple unknowns with multi-objective optimization within the feasible region. We provide both theoretical analysis and empirical evidence, demonstrating the efficacy of our approach on various synthetic benchmarks and real-world applications.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2313131; 2332475</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence and Statistics 2025</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>