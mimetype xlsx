--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10618235</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10763-024-10514-x</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Harnessing Asynchronous Digital Simulations of Problem-based Lessons to Support Mathematics Teachers’ Professional Development: A Design-based Approach</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Schwarts, Gil; Herbst, Patricio; Brown, Amanda M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Journal of Science and Mathematics Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1571-0068</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The complexity of mathematics teaching is especially evident in lessons where teachers build on students’ genuine ideas, such as problem-based lessons. To enhance teachers’ capacity for rich discussions in problem-based instruction, we have developed a unique approximation of practice: digital asynchronous simulations where teachers make subject-specific decisions for a virtual teacher avatar. The simulations are based on materials and principles from a practice-based professional development (PD) program, implemented with small groups of teachers. The self-paced simulation model offers flexibility and scalability, allowing more teachers to participate on their own schedules, but it lacks key affordances of collaborative PD. To examine how to leverage the affordances of collaborative, practice-based PD, this paper uses a design-based research approach to explicate the mechanisms in which digital simulations can support mathematics teachers’ learning about problem-based lessons. We focus on two cycles of design, implementation, analysis, and revisions of the simulation model, drawing on data from focus groups with mathematics teacher educators, prospective teachers’ performance, and teachers’ reflective assignments. The analysis illustrates how two design principles –&lt;italic&gt;Authenticity to the teacher’s work&lt;/italic&gt;, and&lt;italic&gt;Nuanced feedback&lt;/italic&gt;– were transformed to better reflect aspects of practice-based teacher learning. We argue that self-paced, asynchronous simulations with indirect feedback can effectively emulate aspects of collaborative, practice-based PD in supporting teachers’ growth. The paper also contributes to the literature on mathematics teachers’ noticing and decision-making, examining how the two interact in simulated environments. We suggest implications for designing practice-based asynchronous digital simulations, drawing on emerging technologies.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2201087</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer Nature Link</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>