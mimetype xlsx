--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -92,81 +92,78 @@
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10618343</t>
   </si>
   <si>
     <t>https://doi.org/10.17603/ds2-e159-v458</t>
   </si>
   <si>
-    <t>E-Defense shake-table test data:Subtitle</t>
-[...2 lines deleted...]
-    <t>Fahnestock, Larry; Qie, Yi; Astudillo, Bryam; Duncan, Jessica; Tao, Zhuoqi; Okazaki, Taichiro; Sause, Richard; Ricles, James; SIMPSON, BARBARA; Kurata, Masahiro; Kawamata, Yohsuke; HATTORI, Kohei</t>
+    <t>E-Defense shake-table test data</t>
+  </si>
+  <si>
+    <t>Fahnestock, Larry; Qie, Yi; Astudillo, Bryam; Duncan, Jessica; Tao, Zhuoqi; Okazaki, Taichiro; Sause, Richard; Ricles, James; Simpson, Barbara; Kurata, Masahiro; Kawamata, Yohsuke; Hattori, Kohei</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>This dataset contains data from E-Defense shake-table tests of a full-scale, steel moment-resisting frame (MRF) supplemented with spines. Herein, the spines were pin-based columns with sufficient stiffness and strength to distribute plastic deformation evenly over the height of the MRF. The specimen was tested under two configurations: first, with the spine rigidly connected to the MRF; and second, with the spine connected to the MRF through Force-Limiting Connections (FLCs). The two structural systems were subjected to two ground motions adjusted to two different scales. The tests highlighted the expected benefits of spines as well as their drawbacks of inducing large floor acceleration in the MRF and large shear forces in the spines themselves. The tests also highlighted how the FLCs can mitigate such drawbacks of spines. The data may be used, for example, to reproduce the observations presented by the authors, to compare the dynamic response of the specimen with building specimens tested in other shake-table test programs, to validate numerical models against the measured specimen response, or to formulate classroom exercises on system identification of linear and nonlinear systems.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1926326; 2309829</t>
+    <t>1926326; 2309829; 2037771</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>Designsafe-CI</t>
-  </si>
-[...1 lines deleted...]
-    <t>E-Defense</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -320,46 +317,44 @@
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
-      <c r="Z2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>