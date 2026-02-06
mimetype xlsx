--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10618615</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s43247-025-02486-9</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Fine root and soil carbon stocks are positively related in grasslands but not in forests</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Malhotra, Avni; Moore, Jessica_A M; Weintraub-Leff, Samantha; Georgiou, Katerina; Berhe, Asmeret Asefaw; Billings, Sharon A; de_Graaff, Marie-Anne; Fraterrigo, Jennifer M; Grandy, A Stuart; Kyker-Snowman, Emily; Lu, Mingzhen; Meier, Courtney; Pierson, Derek; Tumber-Dávila, Shersingh Joseph; Lajtha, Kate; Wieder, William R; Jackson, Robert B</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Communications Earth &amp; Environment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2662-4435</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Increasing fine root carbon (FRC) inputs into soils has been proposed as a solution to increasing soil organic carbon (SOC). However, FRC inputs can also enhance SOC loss through priming. Here, we tested the broad-scale relationships between SOC and FRC at 43 sites across the US National Ecological Observatory Network. We found that SOC and FRC stocks were positively related with an across-ecosystem slope of 7 ± 3 kg SOC m&lt;sup&gt;−2&lt;/sup&gt;per kg FRC m&lt;sup&gt;−2&lt;/sup&gt;, but this relationship was driven by grasslands. Grasslands had double the across-ecosystem slope while forest FRC and SOC were unrelated. Furthermore, deep grassland soils primarily showed net SOC accrual relative to FRC input. Conversely, forests had high variability in whether FRC inputs were related to net SOC priming or accrual. We conclude that while FRC increases could lead to increased SOC in grasslands, especially at depth, the FRC-SOC relationship remains difficult to characterize in forests.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2224439; 1926413; 2217817</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer Nature</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>