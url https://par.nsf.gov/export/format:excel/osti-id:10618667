--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...57 lines deleted...]
-        <v>37</v>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10618667</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using Generative AI to Build Generative AI: A Case Study of Adding AI Chat to the Python Tutor Code Visualizer</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Guo, Philip</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this post I want to talk about using generative AI to extend one of my academic software projects—the Python Tutor tool for learning programming—with an AI chat tutor. We often hear about GenAI being used in large-scale commercial settings, but we don’t hear nearly as much about smaller-scale not-for-profit projects. Thus, this post serves as a case study of adding generative AI into a personal project where I didn’t have much time, resources, or expertise at my disposal. Working on this project got me really excited about being here at this moment right as powerful GenAI tools are starting to become more accessible to nonexperts like myself.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1845900</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Posted Content</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>O'Reilly Radar</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>O'Reilly Publishers</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>