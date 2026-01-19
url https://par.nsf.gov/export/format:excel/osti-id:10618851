--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -127,51 +127,51 @@
   </si>
   <si>
     <t>IEEE Communications Magazine</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>137 to 143</t>
   </si>
   <si>
     <t>0163-6804</t>
   </si>
   <si>
     <t>One of the most intriguing 6G vertical markets is precision agriculture, where communications, sensing, control, and robotics technologies are used to improve agricultural outputs and decrease environmental impact. Ambient IoT (A-IoT), which uses a network of devices that harvest ambient energy to enable communications, is expected
 to play an important role in agricultural use cases due to its low costs, simplicity, and battery-free (or battery-assisted) operation. In this article, we review the use cases of precision agriculture and discuss the challenges. We discuss how A-IoT can be used for precision agriculture and compare it with other ambient energy source technologies.
 We also discuss research directions related to both A-IoT and precision agriculture.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2309887; 2235134</t>
+    <t>2309887; 2235134; 2225578; 2212565</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>