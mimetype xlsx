--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10620594</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18260/1-2-1146-49411</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Work in Progress: Place-based Engineering with Rural Schools: Investigating the SCience and ENgineering Inquiry Collaborative (SCENIC) in Colorado</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Glidewell, Loraine; Mendoza-Maurer, Marisa; Polman, Joseph L; Knight, Daniel; Bielefeldt, Angela</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Colorado SCience and ENgineering Inquiry Collaborative for Rural K12 Outreach (SCENIC Colorado) is investigating an educational infrastructure for supporting engineering and science learning and identity formation as part of an outreach program with rural Colorado high schools. This research takes the rural context into careful consideration. While rural places are often described by their deficits (Reagan et al., 2019), this study operationalizes place-based pedagogy and the theoretical framework of rural cultural wealth (Crumb et al., 2022) to conceptualize and engage rural places from an asset-based perspective. We believe rural places can be rich environments for engineering and science learning. Therefore, we aspire to support high school students with the development of soil or air quality inquiry projects that are relevant to their local rural communities. Situated within a larger study on the SCENIC outreach program and its impact on student participation in and identification with engineering and science, this paper focuses more narrowly on place-based engineering with students in the rural context. The research questions are: What aspects of the outreach program's educational infrastructure enable place-based science and engineering inquiry? What aspects of place—their locality's history and culture—inform rural students' selection of environmental monitoring topics to investigate? How does conducting place-based environmental monitoring projects contribute to rural students’ engineering and science identity development?</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2318489</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASEE Conferences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>University of Colorado, Boulder, CO</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>