--- v0 (2026-01-16)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10323254</t>
-[...8 lines deleted...]
-    <t>Su, Jianyu; Beling, Peter; Guo, Rui; Han, Kyungtae</t>
+    <t>10620624</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.18260/1-2--55230</t>
+  </si>
+  <si>
+    <t>Using Student Posters to Investigate the Impact of Inquiry-Based STEM Learning on Rural K-12 Students</t>
+  </si>
+  <si>
+    <t>Aronov, Alexander; Knight, Daniel; Bielefeldt, Angela; Polman, Joseph; Palomar, Fabiola</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-12-24T05:00:00Z</t>
-[...5 lines deleted...]
-    <t>The ability to model and predict ego-vehicle's surrounding traffic is crucial for autonomous pilots and intelligent driver-assistance systems. Acceleration prediction is important as one of the major components of traffic prediction. This paper proposes novel approaches to the acceleration prediction problem. By representing spatial relationships between vehicles with a graph model, we build a generalized acceleration prediction framework. This paper studies the effectiveness of proposed Graph Convolution Networks, which operate on graphs predicting the acceleration distribution for vehicles driving on highways. We further investigate prediction improvement through integrating of Recurrent Neural Networks to disentangle the temporal complexity inherent in the traffic data. Results from simulation with comprehensive performance metrics support that our proposed networks outperform state-of-the-art methods in generating realistic trajectories over a prediction horizon.</t>
+    <t>2025-05-16T04:00:00Z</t>
+  </si>
+  <si>
+    <t>2153-5965</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1650512</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>2318489</t>
+  </si>
+  <si>
+    <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>ASEE Conferences</t>
+  </si>
+  <si>
+    <t>University of Colorado, Boulder, CO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -281,80 +284,82 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" s="0"/>
-      <c r="L2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>32</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
+      <c r="N2" s="0"/>
+      <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="W2" s="0"/>
-      <c r="X2" s="0"/>
+      <c r="X2" t="s" s="0">
+        <v>38</v>
+      </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>