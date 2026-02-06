--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10620624</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18260/1-2--55230</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using Student Posters to Investigate the Impact of Inquiry-Based STEM Learning on Rural K-12 Students</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aronov, Alexander; Knight, Daniel; Bielefeldt, Angela; Polman, Joseph; Palomar, Fabiola</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2153-5965</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2318489</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASEE Conferences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>University of Colorado, Boulder, CO</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>