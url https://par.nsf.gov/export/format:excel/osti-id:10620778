--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10620778</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/acc94f</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A 7 Day Multiwavelength Flare Campaign on AU Mic. I. High-time-resolution Light Curves and the Thermal Empirical Neupert Effect</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tristan, Isaiah I; Notsu, Yuta; Kowalski, Adam F; Brown, Alexander; Wisniewski, John P; Osten, Rachel A; Vrijmoet, Eliot H; White, Graeme L; Carter, Brad D; Grady, Carol A; Henry, Todd J; Hinojosa, Rodrigo H; Lomax, Jamie R; Neff, James E; Paredes, Leonardo A; Soutter, Jack</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>951</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present light curves and flares from a 7 day, multiwavelength observational campaign of AU Mic, a young and active dM1e star with exoplanets and a debris disk. We report on 73 unique flares between the X-ray to optical data. We use high-time-resolution near-UV (NUV) photometry and soft X-ray (SXR) data from the X-ray Multi-Mirror Mission to study the empirical Neupert effect, which correlates the gradual and impulsive phase flaring emissions. We find that 65% (30 of 46) flares do not follow the Neupert effect, which is 3 times more excursions than seen in solar flares, and propose a four-part Neupert effect classification (Neupert, quasi-Neupert, non-Neupert types I and II) to explain the multiwavelength responses. While the SXR emission generally lags behind the NUV as expected from the chromospheric evaporation flare models, the Neupert effect is more prevalent in larger, more impulsive flares. Preliminary flaring rate analysis with X-ray and&lt;italic&gt;U&lt;/italic&gt;-band data suggests that previously estimated energy ratios hold for a collection of flares observed over the same time period, but not necessarily for an individual, multiwavelength flare. These results imply that one model cannot explain all stellar flares and care should be taken when extrapolating between wavelength regimes. Future work will expand wavelength coverage using radio data to constrain the nonthermal empirical and theoretical Neupert effects to better refine models and bridge the gap between stellar and solar flare physics.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108373</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>