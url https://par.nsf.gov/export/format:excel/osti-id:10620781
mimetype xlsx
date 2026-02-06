--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10620781</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ace2bb</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Mind the Gap. I. Hα Activity of M Dwarfs Near the Partially/Fully Convective Boundary and a New Hα Emission Deficiency Zone on the Main Sequence</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jao_饒, Wei-Chun 惟君; Henry, Todd J; White, Russel J; Nisak, Azmain H; Hubbard-James, Hodari-Sadiki; Paredes, Leonardo A; Lewis, Vanders B</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>166</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Since identifying the gap in the H-R Diagram (HRD) marking the transition between partially and fully-convective interiors, a unique type of slowly pulsating M dwarf has been proposed. These unstable M dwarfs provide new laboratories in which to understand how changing interior structures can produce potentially observable activity at the surface. In this work, we report the results of the largest high-resolution spectroscopic H&lt;italic&gt;α&lt;/italic&gt;emission survey to date spanning this transition region, including 480 M dwarfs observed using the CHIRON spectrograph at CTIO/SMARTS 1.5 m. We find that M dwarfs with H&lt;italic&gt;α&lt;/italic&gt;in emission are almost entirely found 0–0.5 mag above the top edge of the gap in the HRD, whereas effectively no stars in and below the gap show emission. Thus, the top edge of the gap marks a relatively sharp activity transition, and there is no anomalous H&lt;italic&gt;α&lt;/italic&gt;activity for stars in the gap. We also identify a new region at 10.3 &lt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;G&lt;/italic&gt;&lt;/sub&gt;&lt; 10.8 on the main sequence where fewer M dwarfs exhibit H&lt;italic&gt;α&lt;/italic&gt;emission compared to M dwarfs above and below this magnitude range. Careful evaluation of the results in the literature indicates that (1) rotation and H&lt;italic&gt;α&lt;/italic&gt;activity distributions on the main-sequence are closely related, and (2) fewer stars in this absolute magnitude range rotate in less than ∼13 days than populations surrounding this region. This result suggests that the most massive fully-convective stars lose their angular momentum faster than both partially convective stars and less massive fully-convective stars.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108373</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>