--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10620797</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/icls2025.548273</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring Students’ Perceptions of Contextualized Computing in an Introductory Computing Science Course for Non-majors</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Yinmiao; Chen, Melissa; Hunt, Ayse; Horn, Michael S; O’Rourke, Eleanor</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>592 to 600</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Introductory computer science courses for non-majors (CS0) aim to increase diversity and highlight the relevance of computing across disciplines. To enhance the accessibility and engagement of CS0, researchers have explored contextualized computing, where computing is integrated with another subject, to teach course content. While research has explored various designs for contextualized courses, we know less about how contextualized computing tasks impact students’ learning experiences. Through the lens of metacognition and affect, we conducted a secondary qualitative analysis on daily diary and retrospective interview data from 20 students in a CS0 course that applied coding to different contexts. Our findings demonstrate that students’ feeling of knowing and their perception of the task are two central themes that shape their affect and interest in the course. We conclude with design suggestions for contextualized computing in CS0 to better support students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2016900</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>