--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10620903</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3682069</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Large Language Models for Conducting Advanced Text Analytics Information Systems Research</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ampel, Benjamin; Yang, Chi-Heng; Hu, James; Chen, Hsinchun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Management Information Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 27</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2158-656X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The exponential growth of digital content has generated massive textual datasets, necessitating the use of advanced analytical approaches. Large Language Models (LLMs) have emerged as tools that are capable of processing and extracting insights from massive unstructured textual datasets. However, how to leverage LLMs for text analytics Information Systems (IS) research is currently unclear. To assist the IS community in understanding how to operationalize LLMs, we propose a Text Analytics for Information Systems Research (TAISR) framework. Our proposed framework provides detailed recommendations grounded in IS and LLM literature on how to conduct meaningful text analytics IS research for design science, behavioral, and econometric streams. We conducted three business intelligence case studies using our TAISR framework to demonstrate its application in several IS research contexts. We also outline the potential challenges and limitations of adopting LLMs for IS. By offering a systematic approach and evidence of its utility, our TAISR framework contributes to future IS research streams looking to incorporate powerful LLMs for text analytics.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1921485</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for Computing Machinery</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>