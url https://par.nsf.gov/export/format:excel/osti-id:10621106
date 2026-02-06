--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10621106</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.15870201</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A LLM-Powered Automatic Grading Framework with Human-Level Guidelines Optimization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chu, Yucheng; Li, Hang; Yang, Kaiqi; Shomer, Harry; Copur-Gencturk, Yasemin; Kaldaras, Leonora; Haudek, Kevin; Krajcik, Joseph; Shin, Namsoo; Liu, Hui; Tang, Jiliang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Mills, Caitlin; Alexandron, Giora; Taibi, Davide; Lo_Bosco, Giosuè; Paquette, Luc</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-7336736-6-2</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Open-text responses provide researchers and educators with rich, nuanced insights that multiple-choice questions cannot capture. When reliably assessed, such responses have the potential to enhance teaching and learning. However, scaling and consistently capturing these nuances remain significant challenges, limiting the widespread use of open-text questions in educational research and assessments. In this paper, we introduce and evaluate GradeOpt, a unified multiagent automatic short-answer grading (ASAG) framework that leverages large language models (LLMs) as graders for short-answer responses. More importantly, GradeOpt incorporates two additional LLM-based agents—the reflector and the refiner—into the multi-agent system. This enables GradeOpt to automatically optimize the original grading guidelines by performing self-reflection on its errors. To assess GradeOpt&amp;#39;s effectiveness, we conducted experiments on two representative ASAG datasets, which include items designed to capture key aspects of teachers&amp;#39; pedagogical knowledge and students&amp;#39; learning progress. Our results demonstrate that GradeOpt consistently outperforms representative baselines in both grading accuracy and alignment with human evaluators across different knowledge domains. Finally, comprehensive ablation studies validate the contributions of GradeOpt&amp;#39;s individual components, confirming their impact on overall performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2200757</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Educational Data Mining Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>