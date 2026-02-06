--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10621604</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.2312/eved.20251023</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DPV (Domain, Purpose, Visual) Framework: A data visualization design pedagogical method for middle schoolers</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Yixuan; Endert, Alex; Roberts, Jessica</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Data visualization literacy is essential for K-12 students, yet existing practices emphasize interpreting pre-made visualizations rather than creating them. To address this, we developed the DPV (Domain, Purpose, Visual) framework, which guides middle school students through the visualization design process. The framework simplifies design into three stages: understanding the problem domain, specifying the communication purpose, and translating data into effective visuals. Implemented in a twoweek summer camp as a usage scenario, the DPV framework enabled students to create visualizations addressing community issues. Evaluation of student artifacts, focus group interviews, and surveys demonstrated its effectiveness in enhancing students&amp;#39; design skills and understanding of visualization concepts. This work highlights the DPV framework&amp;#39;s potential to foster data visualization literacy for K-12 education and broaden participation in the data visualization community.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2314109</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>9 pages</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Eurographics Association</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>