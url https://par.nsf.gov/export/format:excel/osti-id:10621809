--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10621809</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ACCESS.2025.3585742</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Measuring and Improving the Efficiency of Python Code Generated by LLMs Using CoT Prompting and Fine-Tuning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jonnala, Ramya; Yang, Jeong; Lee, Young; Liang, Gongbo; Cao, Zechun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Access</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>119657 to 119681</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2169-3536</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The burgeoning sophistication of Artificial Intelligence (AI) has catalyzed the rapid proliferation of Large Language Models (LLMs) within software development. These models are increasingly employed to automate the generation of functionally correct code, address complex computational problems, and facilitate the debugging of existing software systems. However, LLM-generated code often faces challenges due to inherent inefficiencies, including redundant logical structures, factually inconsistent content (hallucinations), and programming errors. To address this issue, our research rigorously evaluated the computational efficiency of Python code generated by three prominent LLMs: GPT-4o-Mini, GPT-3.5-Turbo, and GPT-4-Turbo. The evaluation metrics encompass execution time, memory utilization, and peak memory consumption, while maintaining the functional correctness of the generated code. Leveraging the EffiBench benchmark datasets within the Google Vertex AI Workbench environment, across a spectrum of machine configurations, the study implemented a consistent seed parameter to ensure experimental reproducibility. Furthermore, we investigated the impact of two distinct optimization strategies: Chain-of-Thought (CoT) prompting and model fine-tuning. Our findings reveal a significant enhancement in efficiency metrics for GPT-4o-Mini and GPT-3.5-Turbo when employing CoT prompting; however, this trend was not observed for GPT-4-Turbo. Based on its promising performance with CoT prompting, we selected the GPT-4o-Mini model for subsequent fine-tuning, aiming to further enhance both its computational efficiency and accuracy. However, contrary to our expectations, fine-tuning the GPT-4o-Mini model led to a discernible degradation in both its accuracy and computational efficiency. In conclusion, this study provides empirical evidence suggesting that the deployment of high-CPU machine configurations, in synergy with the utilization of the GPT-4o-Mini model and CoT prompting techniques, yields demonstrably more efficient and accurate LLM-generated Python code, particularly within computationally intensive application scenarios.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2334243</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>