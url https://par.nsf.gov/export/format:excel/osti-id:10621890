--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10621890</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Contextual Active Model Selection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, X; Xia, F; Stevens, R; Chen, Y</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While training models and labeling data are resource-intensive, a wealth of pre-trained models and unlabeled data exists. To effectively utilize these resources, we present an approach to actively select pre-trained models while minimizing labeling costs. We frame this as an online contextual active model selection problem: At each round, the learner receives an unlabeled data point as a context. The objective is to adaptively select the best model to make a prediction while limiting label requests. To tackle this problem, we propose CAMS, a contextual active model selection algorithm that relies on two novel components: (1) a contextual model selection mechanism, which leverages context information to make informed decisions about which model is likely to perform best for a given context, and (2) an active query component, which strategically chooses when to request labels for data points, minimizing the overall labeling cost. We provide rigorous theoretical analysis for the regret and query complexity under both adversarial and stochastic settings. Furthermore, we demonstrate the effectiveness of our algorithm on a diverse collection of benchmark classification tasks. Notably, CAMS requires substantially less labeling effort (less than 10%) compared to existing methods on CIFAR10 and DRIFT benchmarks, while achieving similar or better accuracy.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2332475</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Thirty-eighth Annual Conference on Neural Information Processing Systems</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Vancouver, Canada</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>