--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10623654</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3715336.3735785</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring the Potential of Metacognitive Support Agents for Human-AI Co-Creation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gmeiner, Frederic; Luo, Kaitao; Wang, Ye; Holstein, Kenneth; Martelaro, Nikolas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1244 to 1269</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400714856</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Despite the potential of generative AI (GenAI) design tools to enhance design processes, professionals often struggle to integrate AI into their workflows. Fundamental cognitive challenges include the need to specify all design criteria as distinct parameters upfront (intent formulation) and designers' reduced cognitive involvement in the design process due to cognitive offloading, which can lead to insufficient problem exploration, underspecification, and limited ability to evaluate outcomes. Motivated by these challenges, we envision novel metacognitive support agents that assist designers in working more reflectively with GenAI. To explore this vision, we conducted exploratory prototyping through a Wizard of Oz elicitation study with 20 mechanical designers probing multiple metacognitive support strategies. We found that agent-supported users created more feasible designs than non-supported users, with differing impacts between support strategies. Based on these findings, we discuss opportunities and tradeoffs of metacognitive support agents and considerations for future AI-based design tools.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2118924</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Madeira Portugal</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>