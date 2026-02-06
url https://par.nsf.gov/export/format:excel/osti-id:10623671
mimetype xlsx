--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10623671</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adversarial Inception Backdoor Attacks against Reinforcement Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rathbun, Ethan; Oprea, Alina; Amato, Christopher</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent works have demonstrated the vulnerability of Deep Reinforcement Learning (DRL) algorithms against training-time, backdoor poisoning attacks. The objectives of these attacks are twofold: induce pre-determined, adversarial behavior in the agent upon observing a fixed trigger during deployment while allowing the agent to solve its intended task during training. Prior attacks assume arbitrary control over the agent's rewards, inducing values far outside the environment's natural constraints. This results in brittle attacks that fail once the proper reward constraints are enforced. Thus, in this work we propose a new class of backdoor attacks against DRL which are the first to achieve state of the art performance under strict reward constraints. These ``inception'' attacks manipulate the agent's training data -- inserting the trigger into prior observations and replacing high return actions with those of the targeted adversarial behavior. We formally define these attacks and prove they achieve both adversarial objectives against arbitrary Markov Decision Processes (MDP). Using this framework we devise an online inception attack which achieves an 100% attack success rate on multiple environments under constrained rewards while minimally impacting the agent's task performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2331081</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>42nd International Conference on Machine Learning (ICML)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>